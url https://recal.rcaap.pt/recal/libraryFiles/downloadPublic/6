--- v0 (2025-12-25)
+++ v1 (2026-03-30)
@@ -1,44 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
-  <Default Extension="xlsx" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
-  <Override PartName="/word/charts/chart1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/word/charts/colors1.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
     <w:p w14:paraId="409162E9" w14:textId="09C633DD" w:rsidR="003936F0" w:rsidRPr="00545DF9" w:rsidRDefault="00545DF9" w:rsidP="003936F0">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
@@ -98,125 +94,173 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0090195E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:lang w:val="pt-PT"/>
         </w:rPr>
         <w:t>Título do Artigo em Português</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6C37C30D" w14:textId="77777777" w:rsidR="00160F02" w:rsidRPr="0090195E" w:rsidRDefault="00B87605">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="pt-PT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0090195E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="pt-PT"/>
         </w:rPr>
-        <w:t>(Título conciso, informativo e em negrito – Fonte Calibri, Tamanho 18 )</w:t>
+        <w:t xml:space="preserve">(Título conciso, informativo e em negrito – Fonte </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0090195E">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="pt-PT"/>
+        </w:rPr>
+        <w:t>Calibri</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0090195E">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="pt-PT"/>
+        </w:rPr>
+        <w:t>, Tamanho 18 )</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3242C5BB" w14:textId="77777777" w:rsidR="00160F02" w:rsidRPr="0090195E" w:rsidRDefault="00B87605">
       <w:pPr>
         <w:pStyle w:val="Ttulo1"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:lang w:val="pt-PT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0090195E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:lang w:val="pt-PT"/>
         </w:rPr>
         <w:t>Título do Artigo em Inglês</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="46A86216" w14:textId="77777777" w:rsidR="00160F02" w:rsidRPr="0090195E" w:rsidRDefault="00B87605">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="pt-PT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0090195E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="pt-PT"/>
         </w:rPr>
-        <w:t>(Título conciso, informativo e em negrito - Fonte Calibri, Tamanho 16)</w:t>
+        <w:t xml:space="preserve">(Título conciso, informativo e em negrito - Fonte </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0090195E">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="pt-PT"/>
+        </w:rPr>
+        <w:t>Calibri</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0090195E">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="pt-PT"/>
+        </w:rPr>
+        <w:t>, Tamanho 16)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="44C7C6F3" w14:textId="77777777" w:rsidR="00160F02" w:rsidRPr="0090195E" w:rsidRDefault="00B87605">
       <w:pPr>
         <w:pStyle w:val="Ttulo1"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:lang w:val="pt-PT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0090195E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:lang w:val="pt-PT"/>
         </w:rPr>
         <w:t>Título do Artigo em Espanhol</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3F2833C4" w14:textId="77777777" w:rsidR="00160F02" w:rsidRPr="0090195E" w:rsidRDefault="00B87605">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="pt-PT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0090195E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="pt-PT"/>
         </w:rPr>
-        <w:t>(Título conciso, informativo e em negrito - Fonte Calibri, Tamanho 16)</w:t>
+        <w:t xml:space="preserve">(Título conciso, informativo e em negrito - Fonte </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0090195E">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="pt-PT"/>
+        </w:rPr>
+        <w:t>Calibri</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0090195E">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="pt-PT"/>
+        </w:rPr>
+        <w:t>, Tamanho 16)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0456B7BB" w14:textId="77777777" w:rsidR="00160F02" w:rsidRPr="0090195E" w:rsidRDefault="00160F02">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="pt-PT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0DD32607" w14:textId="77777777" w:rsidR="00160F02" w:rsidRPr="0090195E" w:rsidRDefault="00B87605">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="pt-PT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0090195E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="pt-PT"/>
         </w:rPr>
         <w:t>Nome completo do autor(a)</w:t>
@@ -256,56 +300,65 @@
     </w:p>
     <w:p w14:paraId="418E22CC" w14:textId="77777777" w:rsidR="00160F02" w:rsidRPr="0090195E" w:rsidRDefault="00B87605">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="pt-PT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0090195E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="pt-PT"/>
         </w:rPr>
         <w:t>ORCID</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="04D9B073" w14:textId="77777777" w:rsidR="00160F02" w:rsidRPr="0090195E" w:rsidRDefault="00B87605">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="pt-PT"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="0090195E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="pt-PT"/>
         </w:rPr>
-        <w:t>Lattes (se aplicável)</w:t>
+        <w:t>Lattes</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0090195E">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="pt-PT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (se aplicável)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2E52D211" w14:textId="77777777" w:rsidR="00160F02" w:rsidRPr="0090195E" w:rsidRDefault="00B87605">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="pt-PT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0090195E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="pt-PT"/>
         </w:rPr>
         <w:t>Email</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3A51A90C" w14:textId="77777777" w:rsidR="00160F02" w:rsidRPr="0090195E" w:rsidRDefault="00B87605">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="pt-PT"/>
         </w:rPr>
       </w:pPr>
@@ -375,51 +428,51 @@
     </w:p>
     <w:p w14:paraId="14E860A6" w14:textId="77777777" w:rsidR="00160F02" w:rsidRDefault="00B87605">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">Lattes: </w:t>
       </w:r>
       <w:hyperlink r:id="rId9">
         <w:r w:rsidR="00160F02">
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000FF"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>http://lattes.cnpq.br/2076669848354453</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="31D08A69" w14:textId="77777777" w:rsidR="00160F02" w:rsidRPr="0090195E" w:rsidRDefault="00A41023">
+    <w:p w14:paraId="31D08A69" w14:textId="77777777" w:rsidR="00160F02" w:rsidRPr="0090195E" w:rsidRDefault="00A47E76">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="pt-PT"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId10">
         <w:r w:rsidR="00160F02" w:rsidRPr="0090195E">
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000FF"/>
             <w:u w:val="single"/>
             <w:lang w:val="pt-PT"/>
           </w:rPr>
           <w:t>joaosilva@cienciaaberta.br</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00160F02" w:rsidRPr="0090195E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="pt-PT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -486,103 +539,121 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="pt-PT"/>
         </w:rPr>
         <w:t>Até 5</w:t>
       </w:r>
       <w:r w:rsidRPr="00F71B47">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="pt-PT"/>
         </w:rPr>
         <w:t>00 palavras</w:t>
       </w:r>
       <w:r w:rsidR="00F71B47" w:rsidRPr="00F71B47">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="pt-PT"/>
         </w:rPr>
         <w:t>. Deve focar-se no contexto local, problema, abordagem e principais conclusões do trabalho desenvolvido</w:t>
       </w:r>
       <w:r w:rsidRPr="00F71B47">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="pt-PT"/>
         </w:rPr>
-        <w:t xml:space="preserve"> - Fonte Calibri, Tamanho 12)</w:t>
+        <w:t xml:space="preserve"> - Fonte </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F71B47">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="pt-PT"/>
+        </w:rPr>
+        <w:t>Calibri</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F71B47">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="pt-PT"/>
+        </w:rPr>
+        <w:t>, Tamanho 12)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="72F0F2E7" w14:textId="77777777" w:rsidR="00160F02" w:rsidRPr="0090195E" w:rsidRDefault="00B87605">
       <w:pPr>
         <w:pStyle w:val="Ttulo1"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="pt-PT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0090195E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="pt-PT"/>
         </w:rPr>
         <w:t>Palavras-chave:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="20A3856D" w14:textId="77777777" w:rsidR="00160F02" w:rsidRPr="0090195E" w:rsidRDefault="00B87605">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="pt-PT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0090195E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="pt-PT"/>
         </w:rPr>
         <w:t>(mínimo 3, máximo 6 – separadas por ponto e vírgula e iniciadas por letras maiúsculas)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3C4263AA" w14:textId="77777777" w:rsidR="00160F02" w:rsidRPr="0090195E" w:rsidRDefault="00B87605">
       <w:pPr>
         <w:pStyle w:val="Ttulo1"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="pt-PT"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="0090195E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="pt-PT"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Abstract</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="59F64C05" w14:textId="1A2BECFF" w:rsidR="00160F02" w:rsidRPr="0090195E" w:rsidRDefault="00B87605">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="pt-PT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0090195E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="pt-PT"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidR="00F71B47">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="pt-PT"/>
         </w:rPr>
         <w:t>Até 5</w:t>
       </w:r>
       <w:r w:rsidRPr="0090195E">
         <w:rPr>
@@ -600,90 +671,101 @@
       </w:r>
       <w:r w:rsidR="00F71B47" w:rsidRPr="00F71B47">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="pt-PT"/>
         </w:rPr>
         <w:t>Deve focar-se no contexto local, problema, abordagem e principais conclusões do trabalho desenvolvido</w:t>
       </w:r>
       <w:r w:rsidRPr="0090195E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="pt-PT"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="58CF3ECC" w14:textId="77777777" w:rsidR="00160F02" w:rsidRPr="0090195E" w:rsidRDefault="00B87605">
       <w:pPr>
         <w:pStyle w:val="Ttulo1"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="pt-PT"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="0090195E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="pt-PT"/>
         </w:rPr>
-        <w:t>Keywords:</w:t>
+        <w:t>Keywords</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0090195E">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="pt-PT"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="69092C70" w14:textId="6D0EF325" w:rsidR="00160F02" w:rsidRPr="0090195E" w:rsidRDefault="00B87605" w:rsidP="00676FA3">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="pt-PT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0090195E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="pt-PT"/>
         </w:rPr>
         <w:t>(mínimo 3, máximo 6 – separadas por ponto e vírgula)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1FFAC09F" w14:textId="77777777" w:rsidR="00160F02" w:rsidRPr="0090195E" w:rsidRDefault="00B87605">
       <w:pPr>
         <w:pStyle w:val="Ttulo1"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="pt-PT"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="0090195E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="pt-PT"/>
         </w:rPr>
         <w:t>Resumen</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="71BC57DE" w14:textId="196633D0" w:rsidR="00160F02" w:rsidRPr="0090195E" w:rsidRDefault="00B87605">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="pt-PT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0090195E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="pt-PT"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidR="00F71B47">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="pt-PT"/>
         </w:rPr>
         <w:t>Até</w:t>
       </w:r>
       <w:r w:rsidRPr="0090195E">
         <w:rPr>
@@ -715,654 +797,392 @@
       </w:r>
       <w:r w:rsidR="00F71B47" w:rsidRPr="00F71B47">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="pt-PT"/>
         </w:rPr>
         <w:t>Deve focar-se no contexto local, problema, abordagem e principais conclusões do trabalho desenvolvido</w:t>
       </w:r>
       <w:r w:rsidRPr="0090195E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="pt-PT"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6183E41F" w14:textId="77777777" w:rsidR="00160F02" w:rsidRPr="0090195E" w:rsidRDefault="00B87605">
       <w:pPr>
         <w:pStyle w:val="Ttulo1"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="pt-PT"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="0090195E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="pt-PT"/>
         </w:rPr>
-        <w:t>Palabras clave:</w:t>
+        <w:t>Palabras</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0090195E">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="pt-PT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> clave:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="15F6D4CF" w14:textId="059BEF9C" w:rsidR="00160F02" w:rsidRPr="0090195E" w:rsidRDefault="00B87605" w:rsidP="00676FA3">
+    <w:p w14:paraId="1D675561" w14:textId="51E2AC41" w:rsidR="00160F02" w:rsidRPr="000D5351" w:rsidRDefault="00B87605" w:rsidP="00A47E76">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="pt-PT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0090195E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="pt-PT"/>
         </w:rPr>
         <w:t>(mínimo 3, máximo 6 – separadas por ponto e vírgula)</w:t>
-      </w:r>
-[...356 lines deleted...]
-        <w:t>Gráfico 1: Exemplo</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="423ECEB3" w14:textId="77777777" w:rsidR="00160F02" w:rsidRPr="0090195E" w:rsidRDefault="00B87605">
       <w:pPr>
         <w:pStyle w:val="Ttulo1"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="pt-PT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0090195E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="pt-PT"/>
         </w:rPr>
         <w:t>Conflito de Interesses</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7E8C8483" w14:textId="77777777" w:rsidR="00160F02" w:rsidRPr="0090195E" w:rsidRDefault="00B87605" w:rsidP="0090195E">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="pt-PT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0090195E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="pt-PT"/>
         </w:rPr>
         <w:t>Exemplo: "Os autores declaram não haver conflitos de interesses."</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="22B21E79" w14:textId="77777777" w:rsidR="00160F02" w:rsidRPr="0090195E" w:rsidRDefault="00B87605">
       <w:pPr>
         <w:pStyle w:val="Ttulo1"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="pt-PT"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="0090195E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="pt-PT"/>
         </w:rPr>
-        <w:t>CRediT – Contribuições dos Autores</w:t>
+        <w:t>CRediT</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0090195E">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="pt-PT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – Contribuições dos Autores</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2647D9EE" w14:textId="0A2F14A5" w:rsidR="00160F02" w:rsidRPr="0090195E" w:rsidRDefault="00B87605">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="pt-PT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0090195E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="pt-PT"/>
         </w:rPr>
-        <w:t>Utilize o modelo CRediT. Exemplo:</w:t>
+        <w:t xml:space="preserve">Utilize o modelo </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0090195E">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="pt-PT"/>
+        </w:rPr>
+        <w:t>CRediT</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0090195E">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="pt-PT"/>
+        </w:rPr>
+        <w:t>. Exemplo:</w:t>
       </w:r>
       <w:r w:rsidRPr="0090195E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="pt-PT"/>
         </w:rPr>
         <w:br/>
         <w:t>Autor | Funções</w:t>
       </w:r>
       <w:r w:rsidRPr="0090195E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="pt-PT"/>
         </w:rPr>
         <w:br/>
         <w:t>--- | ---</w:t>
       </w:r>
       <w:r w:rsidRPr="0090195E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="pt-PT"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">João Silva | Concetualização, Escrita – redação original, Supervisão, Recolha de dados </w:t>
       </w:r>
       <w:r w:rsidRPr="0090195E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="pt-PT"/>
         </w:rPr>
         <w:br/>
         <w:t>João Costa | Curadoria de dados, Escrita – revisão e edição</w:t>
       </w:r>
       <w:r w:rsidRPr="0090195E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="pt-PT"/>
         </w:rPr>
         <w:br/>
         <w:t>Ana Rocha | Escrita – revisão e edição, Supervisão</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2D804E5D" w14:textId="0980EFC5" w:rsidR="00160F02" w:rsidRPr="0090195E" w:rsidRDefault="00B87605">
+    <w:p w14:paraId="2D804E5D" w14:textId="0ED0C1AF" w:rsidR="00160F02" w:rsidRPr="0090195E" w:rsidRDefault="00B87605">
       <w:pPr>
         <w:pStyle w:val="Ttulo1"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="pt-PT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0090195E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="pt-PT"/>
         </w:rPr>
         <w:t>Referências</w:t>
       </w:r>
       <w:r w:rsidR="00676FA3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="pt-PT"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (inclusão obrigatória)</w:t>
+        <w:t xml:space="preserve"> (inclusão </w:t>
+      </w:r>
+      <w:r w:rsidR="00112DC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="pt-PT"/>
+        </w:rPr>
+        <w:t>opcional</w:t>
+      </w:r>
+      <w:r w:rsidR="00676FA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="pt-PT"/>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7B5CCFF3" w14:textId="77777777" w:rsidR="000D5351" w:rsidRPr="0090195E" w:rsidRDefault="00B87605" w:rsidP="000D5351">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:lang w:val="pt-PT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0090195E">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:lang w:val="pt-PT"/>
         </w:rPr>
         <w:t>Utilize o estilo APA 7ª edição. Exemplo:</w:t>
       </w:r>
       <w:r w:rsidRPr="0090195E">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:lang w:val="pt-PT"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidR="000D5351" w:rsidRPr="0090195E">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:lang w:val="pt-PT"/>
         </w:rPr>
-        <w:t>Autor, A. A., &amp; Autor, B. B. (ano). Título do artigo [Título traduzido para inglês]. Nome da revista, volume(número), pag-pag. http://doi.org/xxxx</w:t>
+        <w:t xml:space="preserve">Autor, A. A., &amp; Autor, B. B. (ano). Título do artigo [Título traduzido para inglês]. Nome da revista, volume(número), </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="000D5351" w:rsidRPr="0090195E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:lang w:val="pt-PT"/>
+        </w:rPr>
+        <w:t>pag-pag</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="000D5351" w:rsidRPr="0090195E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:lang w:val="pt-PT"/>
+        </w:rPr>
+        <w:t>. http://doi.org/xxxx</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="32A29D8E" w14:textId="77777777" w:rsidR="000D5351" w:rsidRPr="0090195E" w:rsidRDefault="000D5351" w:rsidP="000D5351">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:lang w:val="pt-PT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0090195E">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:lang w:val="pt-PT"/>
         </w:rPr>
         <w:t xml:space="preserve">Autor, A. A., &amp; Autor, B. B. (ano). Título do livro (xª ed.) </w:t>
       </w:r>
       <w:r w:rsidRPr="00C40D34">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:lang w:val="pt-PT"/>
         </w:rPr>
         <w:t xml:space="preserve">[Título traduzido para inglês]. </w:t>
       </w:r>
       <w:r w:rsidRPr="0090195E">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:lang w:val="pt-PT"/>
         </w:rPr>
         <w:t>Editora. DOI ou URL</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2383293A" w14:textId="77777777" w:rsidR="000D5351" w:rsidRPr="0090195E" w:rsidRDefault="000D5351" w:rsidP="000D5351">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:lang w:val="pt-PT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0090195E">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:lang w:val="pt-PT"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>Autor, A. A., &amp; Autor, B. B. (ano). Título do capítulo [Título traduzido para inglês]. In A. A. Editor &amp; B. B. Editor (Eds.), Título do livro (xª ed., pp. xx-xx) [Título traduzido para inglês]. Editora. DOI ou URL</w:t>
+        <w:t xml:space="preserve">Autor, A. A., &amp; Autor, B. B. (ano). Título do capítulo [Título traduzido para inglês]. In A. A. Editor &amp; B. B. Editor (Eds.), Título do livro (xª ed., pp. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0090195E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:lang w:val="pt-PT"/>
+        </w:rPr>
+        <w:t>xx-xx</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0090195E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:lang w:val="pt-PT"/>
+        </w:rPr>
+        <w:t>) [Título traduzido para inglês]. Editora. DOI ou URL</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="79D16B56" w14:textId="77777777" w:rsidR="000D5351" w:rsidRPr="0090195E" w:rsidRDefault="000D5351" w:rsidP="000D5351">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:lang w:val="pt-PT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0090195E">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:lang w:val="pt-PT"/>
         </w:rPr>
-        <w:t xml:space="preserve">Autor, A. A., &amp; Autor, B. B. (ano). Título do artigo [Título traduzido para inglês]. In E. E. Editor (Ed.), Título do livro de atas [Título traduzido para inglês] (pp. xx-xx). Editora. </w:t>
+        <w:t xml:space="preserve">Autor, A. A., &amp; Autor, B. B. (ano). Título do artigo [Título traduzido para inglês]. In E. E. Editor (Ed.), Título do livro de atas [Título traduzido para inglês] (pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId13">
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0090195E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:lang w:val="pt-PT"/>
+        </w:rPr>
+        <w:t>xx-xx</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0090195E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:lang w:val="pt-PT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">). Editora. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId11">
         <w:r w:rsidRPr="0090195E">
           <w:rPr>
             <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
             <w:color w:val="1155CC"/>
             <w:u w:val="single"/>
             <w:lang w:val="pt-PT"/>
           </w:rPr>
           <w:t>http://xxxxxx</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="720FB734" w14:textId="77777777" w:rsidR="000D5351" w:rsidRPr="0090195E" w:rsidRDefault="000D5351" w:rsidP="000D5351">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:lang w:val="pt-PT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0090195E">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:lang w:val="pt-PT"/>
         </w:rPr>
         <w:t>Autor, A. A., &amp; Autor, B. B. (ano). Título da dissertação de doutoramento ou mestrado [Dissertação de mestrado/doutoramento não publicada]. Nome da instituição que atribui o grau.</w:t>
@@ -1410,158 +1230,146 @@
       </w:pPr>
       <w:r w:rsidRPr="0090195E">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:lang w:val="pt-PT"/>
         </w:rPr>
         <w:t>Autor, A. A. (data). Título do documento. Nome do site. Consultado a XX de XX de XXXX. http://xxxxx</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="53A7163D" w14:textId="77777777" w:rsidR="00160F02" w:rsidRPr="0090195E" w:rsidRDefault="00B87605">
       <w:pPr>
         <w:pStyle w:val="Ttulo1"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="pt-PT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0090195E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="pt-PT"/>
         </w:rPr>
         <w:t>Instruções de Formatação</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4C0CF987" w14:textId="0B549DE3" w:rsidR="00160F02" w:rsidRPr="0090195E" w:rsidRDefault="00B87605">
+    <w:p w14:paraId="4C0CF987" w14:textId="70D8C7B5" w:rsidR="00160F02" w:rsidRPr="0090195E" w:rsidRDefault="00B87605">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="pt-PT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0090195E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="pt-PT"/>
         </w:rPr>
-        <w:t>- Fonte: Calibri, 1</w:t>
+        <w:t xml:space="preserve">- Fonte: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0090195E">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="pt-PT"/>
+        </w:rPr>
+        <w:t>Calibri</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0090195E">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="pt-PT"/>
+        </w:rPr>
+        <w:t>, 1</w:t>
       </w:r>
       <w:r w:rsidR="0090195E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="pt-PT"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidRPr="0090195E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="pt-PT"/>
         </w:rPr>
-        <w:t xml:space="preserve"> pt</w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0090195E">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="pt-PT"/>
+        </w:rPr>
+        <w:t>pt</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="0090195E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="pt-PT"/>
         </w:rPr>
         <w:br/>
         <w:t>- Espaçamento: 1,5</w:t>
       </w:r>
       <w:r w:rsidRPr="0090195E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="pt-PT"/>
         </w:rPr>
         <w:br/>
         <w:t>- Margens: 2,5 cm</w:t>
       </w:r>
       <w:r w:rsidRPr="0090195E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="pt-PT"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">- Extensão: máximo </w:t>
       </w:r>
-      <w:r w:rsidR="00A41023">
+      <w:r w:rsidR="002C77F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="pt-PT"/>
         </w:rPr>
-        <w:t>2</w:t>
-[...36 lines deleted...]
-        <w:t>)</w:t>
+        <w:t>de 500 palavras por resumo / por idioma</w:t>
       </w:r>
       <w:r w:rsidRPr="0090195E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="pt-PT"/>
         </w:rPr>
         <w:br/>
         <w:t>- Idioma: Português (com título e resumo em inglês e espanhol obrigatórios)</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00160F02" w:rsidRPr="0090195E">
-      <w:headerReference w:type="default" r:id="rId14"/>
-      <w:footerReference w:type="default" r:id="rId15"/>
+      <w:headerReference w:type="default" r:id="rId12"/>
+      <w:footerReference w:type="default" r:id="rId13"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1800" w:bottom="1440" w:left="1800" w:header="720" w:footer="720" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="240226E3" w14:textId="77777777" w:rsidR="004A6DD6" w:rsidRDefault="004A6DD6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="22AF0218" w14:textId="77777777" w:rsidR="004A6DD6" w:rsidRDefault="004A6DD6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -2314,87 +2122,92 @@
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="120"/>
+  <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00160F02"/>
     <w:rsid w:val="000D5351"/>
+    <w:rsid w:val="00112DC0"/>
     <w:rsid w:val="00160F02"/>
     <w:rsid w:val="002764D9"/>
+    <w:rsid w:val="002C77F9"/>
     <w:rsid w:val="00326A1D"/>
     <w:rsid w:val="003936F0"/>
     <w:rsid w:val="0039403C"/>
     <w:rsid w:val="004A6DD6"/>
     <w:rsid w:val="00545DF9"/>
     <w:rsid w:val="00636D4F"/>
     <w:rsid w:val="00655919"/>
+    <w:rsid w:val="0066787A"/>
     <w:rsid w:val="00676FA3"/>
     <w:rsid w:val="00806629"/>
     <w:rsid w:val="008452BC"/>
     <w:rsid w:val="008E2CD2"/>
     <w:rsid w:val="0090195E"/>
     <w:rsid w:val="00A41023"/>
+    <w:rsid w:val="00A47E76"/>
     <w:rsid w:val="00A5723C"/>
     <w:rsid w:val="00B328DB"/>
     <w:rsid w:val="00B87605"/>
     <w:rsid w:val="00B97FF7"/>
     <w:rsid w:val="00C11CD1"/>
     <w:rsid w:val="00C271A6"/>
     <w:rsid w:val="00C40D34"/>
     <w:rsid w:val="00F62B4D"/>
     <w:rsid w:val="00F71B47"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="pt-PT"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
@@ -14063,1096 +13876,59 @@
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="95B3D7"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
       </w:rPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7093-703X" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://xxxxxx" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="charts/chart1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:joaosilva@cienciaaberta.br" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://lattes.cnpq.br/2076669848354453" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7093-703X" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://xxxxxx" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:joaosilva@cienciaaberta.br" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://lattes.cnpq.br/2076669848354453" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpg"/></Relationships>
-</file>
-[...1035 lines deleted...]
-</cs:chartStyle>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -15454,66 +14230,66 @@
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <go:gDocsCustomXmlDataStorage xmlns:go="http://customooxmlschemas.google.com/" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" uri="GoogleDocsCustomDataVersion2">
   <go:docsCustomData xmlns:go="http://customooxmlschemas.google.com/" roundtripDataSignature="AMtx7mijz4bdrBcYJxgesgo/ortVqiO6wQ==">CgMxLjA4AHIhMUhPZ0h3bWJaM2hDSWVCclZ6ZFlmWHhiQTRZUXZFV2tx</go:docsCustomData>
 </go:gDocsCustomXmlDataStorage>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{11111111-1234-1234-1234-123412341234}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://customooxmlschemas.google.com/"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/relationships"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>4</Pages>
-[...1 lines deleted...]
-  <Characters>3132</Characters>
+  <Pages>3</Pages>
+  <Words>545</Words>
+  <Characters>2948</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>26</Lines>
-  <Paragraphs>7</Paragraphs>
+  <Lines>24</Lines>
+  <Paragraphs>6</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3705</CharactersWithSpaces>
+  <CharactersWithSpaces>3487</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>python-docx</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>